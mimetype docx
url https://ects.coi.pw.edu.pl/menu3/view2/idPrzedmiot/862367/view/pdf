--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -879,51 +879,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 Student ma podstawową wiedzę ogólną z dziedziny nauk społecznych, zna podstawowe pojęcia ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,51 +1029,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników na popyt oraz podaż na rynkach dóbr, pracy, kapitału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1099,51 +1099,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03 Student potrafi dokonać obserwacji i interpretacji otaczających go zjawisk ekonomicznych w odniesieniu do typu gospodarki rynkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>