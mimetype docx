--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -793,67 +793,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1013,67 +1013,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników na popyt oraz podaż na rynkach dóbr, pracy, kapitału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>