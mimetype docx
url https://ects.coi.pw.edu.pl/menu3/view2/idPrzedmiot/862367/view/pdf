--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -793,67 +793,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">czytanie zadanej literatury, studium przypadku - omawianie zagadnienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 Student ma podstawową wiedzę ogólną z dziedziny nauk społecznych, zna podstawowe pojęcia ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1013,67 +1013,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników na popyt oraz podaż na rynkach dóbr, pracy, kapitału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,51 +1303,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>