--- v0 (2025-12-03)
+++ v1 (2025-12-28)
@@ -757,67 +757,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne, dyskusja na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02  Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -913,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań i studium przypadków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników ma politykę makroekonomiczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1118,67 +1118,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium, referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>