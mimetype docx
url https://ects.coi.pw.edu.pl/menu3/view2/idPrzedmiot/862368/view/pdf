--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02  Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,51 +994,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników ma politykę makroekonomiczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>