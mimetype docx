--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -828,87 +828,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o budowie aktów normatywnych i porządku prawnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o budowie aktów normatywnych i porządku prawnego.</w:t>
+        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,610 +989,540 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie ustalania mocy obowiązującej przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie posługiwania się podstawowymi pojęciami prawa i prawoznawstwa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie interpretacji tekstów prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie stosowania reguł kolizyjnych i reguł wnioskowań prawniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności studenta w zakresie ustalania mocy obowiązującej przepisów prawnych.</w:t>
+        <w:t xml:space="preserve">Student ma świadomość konieczności ochrony interesu publicznego oraz zagwarantowania udziału społeczeństwa w procesie tworzenia aktów prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności studenta w zakresie posługiwania się podstawowymi pojęciami prawa i prawoznawstwa. </w:t>
+        <w:t xml:space="preserve">Student ma świadomość problemów etycznych występujących w procesie tworzenia i interpretacji prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności studenta w zakresie interpretacji tekstów prawnych.</w:t>
+        <w:t xml:space="preserve">Student ma świadomość reguł postępowania przy wykorzystywaniu i integrowaniu wiedzy z zakresu prawotwórstwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>