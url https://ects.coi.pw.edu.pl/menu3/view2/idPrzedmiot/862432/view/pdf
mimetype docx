--- v0 (2025-12-03)
+++ v1 (2026-02-09)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>