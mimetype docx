--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -1035,51 +1035,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>