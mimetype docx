--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -868,51 +868,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, na czym polega różnica pomiędzy pragmatyką, syntaktyką i semantyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -922,67 +922,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy klasycznego rachunku zdań i sylogistyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1064,67 +1064,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy teorii zbiorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1135,67 +1135,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1231,71 +1231,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
+        <w:t xml:space="preserve">Potrafi rozstrzygać przy pomocy metody zero-jedynkowej, czy dane zdanie jest tautologią KRZ i sprawdzać poprawność wnioskowań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1314,178 +1384,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozstrzygać przy pomocy metody zero-jedynkowej, czy dane zdanie jest tautologią KRZ i sprawdzać poprawność wnioskowań.</w:t>
+        <w:t xml:space="preserve">Potrafi dowodzić przy pomocy metody założeniowej tezy w klasycznym rachunku zdań i klasycznym rachunku predykatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>