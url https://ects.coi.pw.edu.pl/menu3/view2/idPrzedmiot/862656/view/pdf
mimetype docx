--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -868,51 +868,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, na czym polega różnica pomiędzy pragmatyką, syntaktyką i semantyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1080,51 +1080,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy teorii zbiorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1231,51 +1231,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>