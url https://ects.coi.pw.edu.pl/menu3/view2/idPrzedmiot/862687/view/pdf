--- v0 (2026-01-10)
+++ v1 (2026-02-10)
@@ -826,51 +826,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę umożliwiającą analizę procesów społecznych, w tym regulacji prawnych i zasad funkcjonowania systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -966,51 +966,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 BNP, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu bezpieczeństwa państwa w realiach RP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie projektować rozwiązania złożonych problemów w skali mikro - i makrospołecznej dotyczące organizacji systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1256,51 +1256,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi organizować pracę zespołową i kierować zespołami (w tym zespołami zadaniowymi w zakresie kierowania elementami systemu bezpieczeństwa państwa) oraz skutecznie komunikować się, negocjować i przekonywać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1396,51 +1396,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>