--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -810,157 +810,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę umożliwiającą analizę procesów społecznych, w tym regulacji prawnych i zasad funkcjonowania systemu bezpieczeństwa państwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę umożliwiającą analizę procesów społecznych, w tym regulacji prawnych i zasad funkcjonowania systemu bezpieczeństwa państwa.</w:t>
+        <w:t xml:space="preserve">Ma rozeznanie w najnowszych publikacjach z zakresu tematyki specjalności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma rozeznanie w najnowszych publikacjach z zakresu tematyki specjalności.</w:t>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu bezpieczeństwa państwa w realiach RP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -971,766 +1041,696 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 BNP, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu bezpieczeństwa państwa w realiach RP.</w:t>
+        <w:t xml:space="preserve">Potrafi oceniać zagrożenia systemów bezpieczeństwa państwa oraz interpretować zapisy prawa w tym zadania oraz obowiązki obywateli wynikające z podsystemu niemilitarnego;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W11 BNP, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie projektować rozwiązania złożonych problemów w skali mikro - i makrospołecznej dotyczące organizacji systemu bezpieczeństwa państwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność formułowania opinii dotyczących prawnych i społecznych uwarunkowań procesów bezpieczeństwa państwa oraz wskazywania niezbędnych zmian, dokonując samodzielnej interpretacji zapisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi organizować pracę zespołową i kierować zespołami (w tym zespołami zadaniowymi w zakresie kierowania elementami systemu bezpieczeństwa państwa) oraz skutecznie komunikować się, negocjować i przekonywać.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie komunikować się ze specjalistami z sektora techniki informacyjnej w sprawach związanych z pozyskiwaniem i korzystaniem z informacji pozyskanych z różnych źródeł. Potrafi interpretować i wykorzystać pozyskane informacje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U12, K_U13 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi oceniać zagrożenia systemów bezpieczeństwa państwa oraz interpretować zapisy prawa w tym zadania oraz obowiązki obywateli wynikające z podsystemu niemilitarnego;</w:t>
+        <w:t xml:space="preserve">Ma zdolność do aktywnego uczestnictwa i kształtowania bezpieczeństwa demokratycznego społeczeństwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K08 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie projektować rozwiązania złożonych problemów w skali mikro - i makrospołecznej dotyczące organizacji systemu bezpieczeństwa państwa.</w:t>
+        <w:t xml:space="preserve">Potrafi skutecznie komunikować się, negocjować i przekonywać oraz pracować w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność formułowania opinii dotyczących prawnych i społecznych uwarunkowań procesów bezpieczeństwa państwa oraz wskazywania niezbędnych zmian, dokonując samodzielnej interpretacji zapisów prawa.</w:t>
+        <w:t xml:space="preserve">Wykazuje się inicjatywą, dając przykład zawodowych zachowań etycznych, w szczególności w sytuacjach zagrożeń oraz ma świadomość pełnionej roli zawodowej i społecznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K10 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi organizować pracę zespołową i kierować zespołami (w tym zespołami zadaniowymi w zakresie kierowania elementami systemu bezpieczeństwa państwa) oraz skutecznie komunikować się, negocjować i przekonywać.</w:t>
+        <w:t xml:space="preserve">Wykazuje zaangażowanie na rzecz rządowych i pozarządowych przedsięwzięć społecznych w zakresie organizacji i funkcjonowania systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_K06, K_K10 BNP, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1, I.P7S_UO</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadom znaczenia zasad bezpieczeństwa w różnych aspektach funkcjonowania administracji publicznej, w szczególności zaś administracji centralnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>