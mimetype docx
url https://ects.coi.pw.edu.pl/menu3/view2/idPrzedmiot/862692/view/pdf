--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -808,51 +808,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi opisać i interpretować bezpośrednie przyczyny powstawania szkód wskutek zaistniałych awarii i katastrof obiektów technicznych oraz zagrożeń naturalnych (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1220,67 +1220,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W11 BNP, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne i dokumenty strategiczne w zakresie ochrony cyberprzestrzeni oraz potrafi interpretować znaczenie elementów i zadania systemu reagowania na incydenty komputerowe (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1530,51 +1530,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów z zakresu zapewnienia bezpieczeństwa ludności (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1815,51 +1815,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi aktywnie uczestniczyć w dyskusjach w języku polskim na temat systemów bezpieczeństwa technicznego i cywilnego (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1940,67 +1940,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U-08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student umie praktycznie stosować wiedzę w zakresie wykonywania zadań przez administrację publiczną w aspekcie ochrony ludności, środowiska i dóbr materialnych przed zagrożeniami (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>