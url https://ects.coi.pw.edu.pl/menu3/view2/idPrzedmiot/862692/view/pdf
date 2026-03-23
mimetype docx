--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -808,51 +808,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi opisać i interpretować bezpośrednie przyczyny powstawania szkód wskutek zaistniałych awarii i katastrof obiektów technicznych oraz zagrożeń naturalnych (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -952,51 +952,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student zna funkcjonowanie wybranych systemów monitorowania zagrożeń i zna sposoby ostrzegania i alarmowania ludności przed zagrożeniami (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1220,67 +1220,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 BNP, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne i dokumenty strategiczne w zakresie ochrony cyberprzestrzeni oraz potrafi interpretować znaczenie elementów i zadania systemu reagowania na incydenty komputerowe (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1362,67 +1362,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W11 BNP, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W-10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kierunki rozwoju systemów bezpieczeństwa technicznego i cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1530,51 +1530,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów z zakresu zapewnienia bezpieczeństwa ludności (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1586,67 +1586,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U13 BNP</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student znajdować niezbędne informacje dotyczące systemów bezpieczeństwa w literaturze fachowej, specjalistycznych bazach danych i innych źródłach (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1886,51 +1886,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi rozwiązywać problemy dotyczące zapewnienia bezpieczeństwa ludności w obliczu pojawiających się zagrożeń (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1940,67 +1940,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U-08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student umie praktycznie stosować wiedzę w zakresie wykonywania zadań przez administrację publiczną w aspekcie ochrony ludności, środowiska i dóbr materialnych przed zagrożeniami (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2011,67 +2011,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>