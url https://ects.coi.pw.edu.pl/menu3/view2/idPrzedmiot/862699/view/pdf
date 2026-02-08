--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -775,51 +775,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1001,51 +1001,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1101,210 +1101,210 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów prawnych z zakresu ochrony klienta usług bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>