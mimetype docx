--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I. P7S_WG: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -915,67 +915,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W11 FIB, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W11 FIB, K_W12 FIB, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1101,171 +1101,101 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów prawnych z zakresu ochrony klienta usług bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca na zajęciach</w:t>
+        <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1276,67 +1206,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>