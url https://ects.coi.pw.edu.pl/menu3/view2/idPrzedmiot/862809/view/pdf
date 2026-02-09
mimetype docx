--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian na końcu semestru. Udział w dyskusjach podczas zajęć poświęconych poszczególnym zagadnieniom oraz problemom pojawiającym się w zarządzaniu projektami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>