--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>