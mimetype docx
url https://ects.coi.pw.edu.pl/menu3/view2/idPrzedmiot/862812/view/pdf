--- v0 (2026-01-08)
+++ v1 (2026-02-08)
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U10, K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada podstawowe umiejętności w zakresie świadomego kreowania własnego wizerunku przez Internet, z ominięciem zagrożeń wynikających z nieznajomości specyfiki psychospołecznych aspektów Internetu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1069,51 +1069,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K08 BNP, K_K09 BNP</w:t>
+        <w:t xml:space="preserve">K_K09 BNP, K_K04, K_K08 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>