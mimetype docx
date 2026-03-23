--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U10, K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada podstawowe umiejętności w zakresie świadomego kreowania własnego wizerunku przez Internet, z ominięciem zagrożeń wynikających z nieznajomości specyfiki psychospołecznych aspektów Internetu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1069,51 +1069,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K09 BNP, K_K04, K_K08 BNP</w:t>
+        <w:t xml:space="preserve">K_K08 BNP, K_K09 BNP, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>