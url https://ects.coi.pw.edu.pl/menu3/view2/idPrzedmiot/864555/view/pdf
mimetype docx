--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -1416,121 +1416,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować zaawansowane procedury syntezy wielopoziomowej (dekompozycja, modyfikacja adresu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egz. cz. pisemna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ULOG_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować algorytmiczne maszyny stanów i mikroprogramowane układy sterujące</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>