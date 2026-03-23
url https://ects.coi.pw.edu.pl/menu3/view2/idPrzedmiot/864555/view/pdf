--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1136,51 +1136,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ULOG_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać elementy logiczne heterogenicznych struktur CPLD/FPGA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1486,51 +1486,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ULOG_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować algorytmiczne maszyny stanów i mikroprogramowane układy sterujące</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>