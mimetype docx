--- v0 (2025-12-24)
+++ v1 (2026-02-09)
@@ -1074,67 +1074,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwium 2, laboratorium 5, egzamin – część testowa i zadaniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać prawidłową metodę analizy typowego obwodu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>