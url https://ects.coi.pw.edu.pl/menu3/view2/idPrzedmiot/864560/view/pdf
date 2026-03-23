--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -854,51 +854,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwia 1 i 2, laboratoria 3 i 4, egzamin – część testowa i zadaniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1074,67 +1074,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwium 2, laboratorium 5, egzamin – część testowa i zadaniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać prawidłową metodę analizy typowego obwodu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>