--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OT2A_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie ocenić głebokości wnikania fal elektromagnetycznych w ośrodki materialne (np. ciało człowieka). Umie obliczyć rezystancje przewodów stosowanych w elektronice z uwzględnieniem efektu naskórkowego. Potrafi określić częstotliwości graniczne dla różnych rodzajów fal w prowadnicach falowych oraz przybliżone rozkłady pola dla najważniejszych praktycznie rodzajów pola. Umie obliczyć częstotliwości drgań własnych w prostych rezonatorach wnękowych oraz przybliżone rozkłady własne pól dla najczęśc</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>