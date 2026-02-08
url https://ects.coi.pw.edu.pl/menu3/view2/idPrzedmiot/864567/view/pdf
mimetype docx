--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1180,67 +1180,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka CYPS_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dla prostych sygnałów potrafi wyznaczyć estymator widmowej gęstości mocy oraz autokorelacji. Umie opisać i analizować transmisję sygnału losowego przez dyskretny układ liniowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>