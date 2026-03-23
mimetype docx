--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -750,157 +750,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ugruntowana teoretycznie wiedza w zakresie właściwości transmisyjnych liniowych i układów dyskretnych, w tym znajomość podstawowych struktur realizacyjnych oraz znajomość efektów kwantyzacji w układach dyskretnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych metod projektowania filtrów SOI i NOI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ugruntowana teoretycznie wiedza w zakresie właściwości transmisyjnych liniowych i układów dyskretnych, w tym znajomość podstawowych struktur realizacyjnych oraz znajomość efektów kwantyzacji w układach dyskretnych.</w:t>
+        <w:t xml:space="preserve">Podstawowa wiedza w zakresie przetwarzania sygnałów ze zmienną częstotliwością próbkowania oraz w zakresie dekompozycji polifazowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych metod projektowania filtrów SOI i NOI.</w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -911,336 +1051,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowa wiedza w zakresie przetwarzania sygnałów ze zmienną częstotliwością próbkowania oraz w zakresie dekompozycji polifazowej</w:t>
+        <w:t xml:space="preserve">Potrafi analizować proste struktury filtrów pod kątem ich odporności na szumy kwantyzacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się różnymi sposobami opisu sygnałów i układów dyskretnych, a na tej podstawie rozstrzygać o podstawowych cechach układów takich jak liniowość , stacjonarność, przyczynowość, stabilność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka CYPS_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dla prostych sygnałów potrafi wyznaczyć estymator widmowej gęstości mocy oraz autokorelacji. Umie opisać i analizować transmisję sygnału losowego przez dyskretny układ liniowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>