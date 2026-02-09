--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -832,51 +832,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu wejściowego i sprawozdania Lab4 – Lab7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,51 +1208,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować układ wzmacniacza z tranzystorem bipolarnym i zweryfikować doświadczalnie punkt pracy tranzystora i podstawowe parametry dynamiczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>