--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1122,137 +1122,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu wejściowego i sprawozdania Lab1 - Lab3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć parametry modeli komputerowych diod i tranzystorów na podstawie charakterystyk doświadczalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawdzianu wejściowego i sprawozdania Lab1 - Lab3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować układ wzmacniacza z tranzystorem bipolarnym i zweryfikować doświadczalnie punkt pracy tranzystora i podstawowe parametry dynamiczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>