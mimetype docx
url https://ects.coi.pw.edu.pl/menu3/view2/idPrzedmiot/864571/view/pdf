--- v0 (2025-12-28)
+++ v1 (2026-01-12)
@@ -1109,137 +1109,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, sprawdziany i wykonanie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przedstawić i omówić przykłady wykorzystania promieniowania laserowego w układach i systemach technologicznych, teletransmisyjnych, pamięciowych i logicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, sprawdziany i wykonanie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_K01: </w:t>
       </w:r>
     </w:p>