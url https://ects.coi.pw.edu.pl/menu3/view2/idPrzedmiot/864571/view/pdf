--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, raporty z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, sprawdziany i wykonanie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przedstawić i omówić przykłady wykorzystania promieniowania laserowego w układach i systemach technologicznych, teletransmisyjnych, pamięciowych i logicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,67 +1179,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, sprawdziany i wykonanie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_K01: </w:t>
       </w:r>
     </w:p>