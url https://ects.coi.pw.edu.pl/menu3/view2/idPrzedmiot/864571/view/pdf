--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -1179,67 +1179,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, sprawdziany i wykonanie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_K01: </w:t>
       </w:r>
     </w:p>