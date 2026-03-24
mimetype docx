--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, raporty z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1039,67 +1039,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, sprawdziany i wykonanie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi sformułować warunki oraz określić specyfikę uzyskania emisji, wzmocnienia i generacji promieniowania w różnego typu ośrodkach, gazowych, cieczowych, dielektrycznych i półprzewodnikowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>