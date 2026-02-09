--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1061,67 +1061,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe 1 i 2, laboratoria J, K i N</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka CSK_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posłużyć się właściwie dobranymi metodami i urządzeniami umożliwiającymi pomiary sygnałów łącza radiowego systemów komórkowych, potrafi uniknąc błedów wynikajacych z ograniczeń aparatury pomiarowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>