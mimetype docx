--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1077,51 +1077,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka CSK_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posłużyć się właściwie dobranymi metodami i urządzeniami umożliwiającymi pomiary sygnałów łącza radiowego systemów komórkowych, potrafi uniknąc błedów wynikajacych z ograniczeń aparatury pomiarowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1131,67 +1131,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratoria J i K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka CSK_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zinterpretować działanie sieci oraz analizować zjawiska zachodzące w łaczach radiowych systemów komórkowych z punktu widzenia ich wpływu na możliwości transmisyjne sieci komórkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>