--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -802,357 +802,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed rozpoczęciem ćwiczenia laboratoryjnego nr 2, 3 oraz 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W15, K_W04, K_W06, K_W07, K_W09, K_W12, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o podstawowych strukturach efektów dźwiękowych oraz stosowanych w nich algorytmach cyfrowego przetwarzania sygnałów, wpływie cyfrowego przetwarzania sygnałów na brzmienie sygnałów dźwiękowych oraz wiedzę na temat domen oceniania jakości sygnałów dźwiękowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed rozpoczęciem ćwiczenia laboratoryjnego nr 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W12, K_W14, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o podstawowych strukturach efektów dźwiękowych oraz stosowanych w nich algorytmach cyfrowego przetwarzania sygnałów, wpływie cyfrowego przetwarzania sygnałów na brzmienie sygnałów dźwiękowych oraz wiedzę na temat domen oceniania jakości sygnałów dźwiękowych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat toku postępowania i funkcjach procesu miksowania sygnałów dźwiękowych oraz zagrożeniach związanych z nieodpowiednim doborem narzędzi służących do cyfrowego przetwarzania sygnałów dźwiękowych w domenie ich częstotliwości, poziomów, stereofonii i głębi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian przed rozpoczęciem ćwiczenia laboratoryjnego nr 5</w:t>
+        <w:t xml:space="preserve">Sprawdzian przed rozpoczęciem ćwiczenia laboratoryjnego nr 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W15, K_W04, K_W06, K_W07, K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W09, K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat toku postępowania i funkcjach procesu miksowania sygnałów dźwiękowych oraz zagrożeniach związanych z nieodpowiednim doborem narzędzi służących do cyfrowego przetwarzania sygnałów dźwiękowych w domenie ich częstotliwości, poziomów, stereofonii i głębi.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiedni rodzaj mikrofonów oraz technikę rejestracji sygnałów dźwiękowych dla rejestracji konkretnego źródła dźwięku w danych warunkach akustycznych, obsługiwać cyfrowy stół mikserski oraz współpracujące ze stołem oprogramowanie muzyczne, przygotować oraz uporządkować połączenia toru audio od mikrofonów, przez cyfrowy stół mikserki do karty dźwiękowej, a także dostosować poziomy rejestrowanych sygnałów dźwiękowych tak, aby uniknąć zniekształceń sygnału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian przed rozpoczęciem ćwiczenia laboratoryjnego nr 6</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 1, 2, 3 oraz 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_U17, K_U07, K_U09, K_U10, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać odpowiedni rodzaj mikrofonów oraz technikę rejestracji sygnałów dźwiękowych dla rejestracji konkretnego źródła dźwięku w danych warunkach akustycznych, obsługiwać cyfrowy stół mikserski oraz współpracujące ze stołem oprogramowanie muzyczne, przygotować oraz uporządkować połączenia toru audio od mikrofonów, przez cyfrowy stół mikserki do karty dźwiękowej, a także dostosować poziomy rejestrowanych sygnałów dźwiękowych tak, aby uniknąć zniekształceń sygnału.</w:t>
+        <w:t xml:space="preserve">Potrafi zinterpretować nagrany materiał dźwiękowy w domenie częstotliwości, poziomów, stereofonii i głębi oraz wyszukać i wykorzystać dostępne w oprogramowaniu muzycznym narzędzia służące do cyfrowego przetwarzania sygnałów dźwiękowych (efekty dźwiękowe) w celu dopasowania poszczególnych elementów nagrania i jego przygotowania do dalszego przetwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 1, 2, 3 oraz 4</w:t>
+        <w:t xml:space="preserve">Sprawozdania z wykonania zadań laboratoryjnych ćwiczeń nr 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U10, K_U14, K_U15, K_U17</w:t>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U09, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się wybranymi przez siebie efektami dźwiękowymi i sposobami przetwarzania sygnałów dźwiękowych w celu minimalizacji efektów maskowania sygnałów w dziedzinie częstotliwości i poziomów, analizować wpływ wybranych algorytmów cyfrowego przetwarzania sygnałów dźwiękowych na zarejestrowany materiał dźwiękowy oraz dobierać odpowiednie parametry efektów dźwiękowych w celu wzbogacenia nagrania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>