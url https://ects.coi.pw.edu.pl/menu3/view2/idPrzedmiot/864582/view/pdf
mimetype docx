--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -802,51 +802,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed rozpoczęciem ćwiczenia laboratoryjnego nr 2, 3 oraz 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W04, K_W06, K_W07, K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W09, K_W12, K_W14, K_W15, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1022,271 +1022,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 1, 2, 3 oraz 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U07, K_U09, K_U10, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U10, K_U14, K_U15, K_U17, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zinterpretować nagrany materiał dźwiękowy w domenie częstotliwości, poziomów, stereofonii i głębi oraz wyszukać i wykorzystać dostępne w oprogramowaniu muzycznym narzędzia służące do cyfrowego przetwarzania sygnałów dźwiękowych (efekty dźwiękowe) w celu dopasowania poszczególnych elementów nagrania i jego przygotowania do dalszego przetwarzania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z wykonania zadań laboratoryjnych ćwiczeń nr 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U09, K_U10, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zinterpretować nagrany materiał dźwiękowy w domenie częstotliwości, poziomów, stereofonii i głębi oraz wyszukać i wykorzystać dostępne w oprogramowaniu muzycznym narzędzia służące do cyfrowego przetwarzania sygnałów dźwiękowych (efekty dźwiękowe) w celu dopasowania poszczególnych elementów nagrania i jego przygotowania do dalszego przetwarzania.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się wybranymi przez siebie efektami dźwiękowymi i sposobami przetwarzania sygnałów dźwiękowych w celu minimalizacji efektów maskowania sygnałów w dziedzinie częstotliwości i poziomów, analizować wpływ wybranych algorytmów cyfrowego przetwarzania sygnałów dźwiękowych na zarejestrowany materiał dźwiękowy oraz dobierać odpowiednie parametry efektów dźwiękowych w celu wzbogacenia nagrania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z wykonania zadań laboratoryjnych ćwiczeń nr 5</w:t>
+        <w:t xml:space="preserve">Sprawozdania z wykonania zadań laboratoryjnych ćwiczeń nr 6, gotowy utwór słowno-muzyczny na płycie CD</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U07, K_U09, K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się wybranymi przez siebie efektami dźwiękowymi i sposobami przetwarzania sygnałów dźwiękowych w celu minimalizacji efektów maskowania sygnałów w dziedzinie częstotliwości i poziomów, analizować wpływ wybranych algorytmów cyfrowego przetwarzania sygnałów dźwiękowych na zarejestrowany materiał dźwiękowy oraz dobierać odpowiednie parametry efektów dźwiękowych w celu wzbogacenia nagrania.</w:t>
+        <w:t xml:space="preserve">Potrafi zorganizować pracę w studio nagraniowym oraz dbać o dobre relacje i współpracę pomiędzy studentami i artystami, a także zaplanować i zrealizować napięty harmonogram prac laboratoryjnych poprzez odpowiedni podział obowiązków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z wykonania zadań laboratoryjnych ćwiczeń nr 6, gotowy utwór słowno-muzyczny na płycie CD</w:t>
+        <w:t xml:space="preserve">Sprawozdania z wykonania zadań laboratoryjnych ćwiczeń nr 1, 2, 3, 4, 5 i 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U10, K_U14</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>