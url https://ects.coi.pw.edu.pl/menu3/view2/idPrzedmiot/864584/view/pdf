--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -714,50 +714,260 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejetność projektowania filtrów cyfrowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena laboratorium nr 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność analizy programowania procesorów sygnałowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena laboratorium nr 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejetność przetwarzania sygnałów dwuwymiarowych (obrazów)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena laboratorium nr 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność analizy widmowej sygnałów deterministycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena laboratorium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -873,260 +1083,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność analizy widmowej sygnałów stochastycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena laboratorium nr 3</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">ocena laboratorium nr 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>