--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -714,50 +714,190 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność analizy czasowo-częstotliwościowej sygnałów i wyciagania na tej podstawie wniosków o własnościach sygnałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena Cwiczenia nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność analizy widmowej sygnałów stochastycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena laboratorium nr 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ma umiejetność projektowania filtrów cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena laboratorium nr 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -943,190 +1083,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność analizy widmowej sygnałów deterministycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena laboratorium nr 1</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">ocena laboratorium nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>