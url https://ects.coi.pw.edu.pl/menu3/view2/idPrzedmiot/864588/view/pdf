--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -1050,137 +1050,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania laboratoryjnego 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U13, K_U01, K_U03, K_U05, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OPA-U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować dynamiczną stronę internetową z wykorzystaniem systemu zarządzania treścią</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obrona zadania laboratoryjnego 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPA-U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować i zaimplementować serwis sieciowy w środowisku Java Enterprise Edition</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>