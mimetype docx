--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W13, K_W14, K_W15</w:t>
+        <w:t xml:space="preserve">K_W05, K_W13, K_W14, K_W15, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania laboratoryjnego 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U01, K_U03, K_U05, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPA-U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować dynamiczną stronę internetową z wykorzystaniem systemu zarządzania treścią</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania laboratoryjnego 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPA-K1: </w:t>
       </w:r>
     </w:p>