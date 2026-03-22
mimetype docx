--- v2 (2026-02-08)
+++ v3 (2026-03-22)
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_W13, K_W15, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W13, K_W14, K_W15, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W13, K_W14, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania laboratoryjnego 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U13, K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPA-K1: </w:t>
       </w:r>
     </w:p>