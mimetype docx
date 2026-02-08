--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1141,67 +1141,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonywać pomiary parametrów pola akustycznego w różnego typu wnętrzach, stosując zarówno metody klasyczne, jak i pośrednie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>