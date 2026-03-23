--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -991,67 +991,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W14, K_W16, K_W19</w:t>
+        <w:t xml:space="preserve">K_W14, K_W16, K_W19, K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie akustyki wnętrz, zna metody analizy pola akustycznego w pomieszczeniach zamkniętych i metody adaptacji akustycznej pomieszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1141,67 +1141,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonywać pomiary parametrów pola akustycznego w różnego typu wnętrzach, stosując zarówno metody klasyczne, jak i pośrednie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>