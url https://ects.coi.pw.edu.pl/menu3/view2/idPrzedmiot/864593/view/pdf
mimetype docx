--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 2, laboratorium (zad. 2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U06, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U06, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi scharakteryzować oraz zbadać właściwości standardów i metod związanych z przetwarzaniem treści wizualnych (w szczególności z kodowaniem i wyszukiwaniem), dokonać oceny ich działania, a także dobrać wartości parametrów i określić ich wpływ na uzyskiwane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>