--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 5, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 2, laboratorium (zad. 2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi scharakteryzować oraz zbadać właściwości standardów i metod związanych z przetwarzaniem treści wizualnych (w szczególności z kodowaniem i wyszukiwaniem), dokonać oceny ich działania, a także dobrać wartości parametrów i określić ich wpływ na uzyskiwane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1191,51 +1191,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany 3, 4 i 5, laboratorium (zad. 3, 4 i 5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U06, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>