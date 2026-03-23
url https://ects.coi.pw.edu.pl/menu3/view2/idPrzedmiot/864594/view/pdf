--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -1057,927 +1057,927 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę działania oraz podstawowe właściwości i charakterystyki wzmacniacza rezonansowego klasy AB, klasy B i klasy C</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania oraz podstawowe właściwości i charakterystyki wzmacniacza rezonansowego klasy AB, klasy B i klasy C</w:t>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny rezonansowego wzmacniacza mocy klasy AB oraz  klasy B i klasy C (w układzie niesymetrycznym) o danej mocy wyjściowej, rezystancji obciążenia, częstotliwości roboczej, szerokości pasma oraz dolnej i górnej częstotliwości granicznej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U06, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny szerokopasmowego niestrojonego wzmacniacza mocy klasy A (w układzie niesymetrycznym) i przeciwsobnego wzmacniacza klasy AB o danej mocy wyjściowej, rezystancji obciążenia oraz dolnej i górnej częstotliwości granicznej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk wzmacniaczy mocy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium wstępne do laboratorium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KS_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
+        <w:t xml:space="preserve">Zna poziomy napięć, prądów i mocy występujące w układach dużej mocy w. cz. oraz wynikające z nich zagrożenia dla istot żywych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+        <w:t xml:space="preserve">kolokwium wstępne do laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+        <w:t xml:space="preserve">K_K02, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KS_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+        <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+        <w:t xml:space="preserve">sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+        <w:t xml:space="preserve">K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KS_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+        <w:t xml:space="preserve">Ma świadomość wpływu sprawności energetycznej układów dużej mocy na  środowisko</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+        <w:t xml:space="preserve">kolokwium wstępne do laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-[...358 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">