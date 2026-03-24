--- v0 (2026-02-08)
+++ v1 (2026-03-24)
@@ -834,357 +834,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników drugiego sprawdzianu wiedzy teoretycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W08, K_W09, K_W10, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot, posiada wiedzę w zakresie wybranych systemów bezprzewodowych oraz techologii dedykowanych do transmisji informacji w sieciach bezprzewodowych, ze szczególnym uwzględnieniem ich specyfiki, zastosowań oraz metod projektowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pierwszego, teoretycznego projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot, posiada wiedzę w zakresie wybranych systemów bezprzewodowych oraz techologii dedykowanych do transmisji informacji w sieciach bezprzewodowych, ze szczególnym uwzględnieniem ich specyfiki, zastosowań oraz metod projektowania</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi przy wykorzystaniu opgrogramowania inzynierskiego bądź innych językó programowania napisać aplikację implementującą wybrane elementy systemów, algorytmów, metod kodowania lub modulacji wykorzystywanych w systemach bezprzewodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pierwszego, teoretycznego projektu</w:t>
+        <w:t xml:space="preserve">Ocena drugiego, praktycznego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08, K_U09, K_U10, K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi przy wykorzystaniu opgrogramowania inzynierskiego bądź innych językó programowania napisać aplikację implementującą wybrane elementy systemów, algorytmów, metod kodowania lub modulacji wykorzystywanych w systemach bezprzewodowych</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi wykonać podstawowe obliczenia związane z bilansem łącza radiowego a także z szacowaniem zasięgów transmisji w systemach radiowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena drugiego, praktycznego projektu</w:t>
+        <w:t xml:space="preserve">Wykład, projekt praktyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U17, K_U01, K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U17, K_U01, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi wykonać podstawowe obliczenia związane z bilansem łącza radiowego a także z szacowaniem zasięgów transmisji w systemach radiowych</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi korzystać z programowych narzędzi symulacyjnych do projektowania i planowania sieci radiowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład, projekt praktyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U08, K_U09, K_U10, K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>