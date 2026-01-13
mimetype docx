--- v0 (2026-01-08)
+++ v1 (2026-01-13)
@@ -781,51 +781,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe i kolokwia do laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1281,67 +1281,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U12, K_U09</w:t>
+        <w:t xml:space="preserve">K_U12, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>