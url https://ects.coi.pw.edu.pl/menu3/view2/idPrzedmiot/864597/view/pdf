--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -781,51 +781,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe i kolokwia do laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W11, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1211,67 +1211,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium nr4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować wybrane typy łącza radiowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1281,51 +1281,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U09, K_U11</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>