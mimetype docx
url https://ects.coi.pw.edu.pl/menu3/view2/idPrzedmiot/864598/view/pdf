--- v0 (2025-12-28)
+++ v1 (2026-02-11)
@@ -850,51 +850,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W12, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1210,67 +1210,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium2 projekt (zad.2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U06, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>