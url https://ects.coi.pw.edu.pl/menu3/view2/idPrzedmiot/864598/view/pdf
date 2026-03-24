--- v1 (2026-02-11)
+++ v2 (2026-03-24)
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1070,207 +1070,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium1, projekt (zad.1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U10, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot umie skorzystać z dostępnych w danym środowisku symulatora modeli elementów pasywnych i aktywnych dla założonego rodzaju analizy lub potrafi samodzielnie opracować potrzebny model</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium1, projekt (zad.1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot umie skorzystać z dostępnych w danym środowisku symulatora modeli elementów pasywnych i aktywnych dla założonego rodzaju analizy lub potrafi samodzielnie opracować potrzebny model</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot potrafi przeprowadzić analizę zadanej struktury za pomocą wybranego symulatora falowego oraz zinterpretować wynik obliczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium1, projekt (zad.1)</w:t>
+        <w:t xml:space="preserve">kolokwium2 projekt (zad.2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>