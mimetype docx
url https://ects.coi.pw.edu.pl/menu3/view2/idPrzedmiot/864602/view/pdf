--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U12, K_U14, K_U16, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U12, K_U14, K_U16, K_U01, K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1201,67 +1201,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U16, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U14, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonywać pomiary parametrów odbiorników radiowych (czułość, selektywność, odporność na sygnały niepożądane itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>