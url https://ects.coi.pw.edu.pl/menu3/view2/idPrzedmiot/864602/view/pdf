--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -1131,67 +1131,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U14, K_U16, K_U01, K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05, K_U12, K_U14, K_U16, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować układ syntezy częstotliwości PLL lub DDS wytwarzający sygnał wyjściowy w zadanym paśmie częstotliwości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>