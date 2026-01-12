--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -705,50 +705,190 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zna ilościowe i jakościowe miary jakości obrazu, zna podstawy pomiarów jakości odwzorowania, potrafi ocenić techniczną stronę zarejestrowanego obrazu, potrafi korygować błędy obrazu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawy zasad kompozycji obrazu, czytelności przekazu, umie dobierać odpowiednie środki techniczne dla uzyskania zamierzonego efektu obrazowego, orientuje się w podstawach regulacji prawnych dot. praw autorskich majątkowych i osobowych, praw do wizerunku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład z dyskusją, zadania projektowe + konsultacje</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W14, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zna metody cyfrowe, halogenosrebrowe i specjalne techniki rejstracji obrazu, potrafi dobrać technikę rejestracji obrazu do zastosowania, zna i potrafi wykorzystywać w zastosowaniach praktycznych wiadomości z zakresu kolorymetrii, tworzenia profili kolorystycznych, zasad oświetlenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -809,427 +949,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna ilościowe i jakościowe miary jakości obrazu, zna podstawy pomiarów jakości odwzorowania, potrafi ocenić techniczną stronę zarejestrowanego obrazu, potrafi korygować błędy obrazu</w:t>
+        <w:t xml:space="preserve">zna podstawy optyki (w zakresie odwzorowania obrazowego), umie operować układami odwzorowującymi (obiektywani) i dobierać ich parametry w zależności od zastosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy zasad kompozycji obrazu, czytelności przekazu, umie dobierać odpowiednie środki techniczne dla uzyskania zamierzonego efektu obrazowego, orientuje się w podstawach regulacji prawnych dot. praw autorskich majątkowych i osobowych, praw do wizerunku.</w:t>
+        <w:t xml:space="preserve">zna możliwości i umiejętnie korzysta z podstawowych i zaawansowanych funkcji oprogramowania do obróbki i przetwarzania obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład z dyskusją, zadania projektowe + konsultacje</w:t>
+        <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W19</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK</w:t>
-      </w:r>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy optyki (w zakresie odwzorowania obrazowego), umie operować układami odwzorowującymi (obiektywani) i dobierać ich parametry w zależności od zastosowania</w:t>
+        <w:t xml:space="preserve">Student nabiera umiejętności posługowania się zdobytą wiedzą i wykorzystywania jej w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">ocena pracy własnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>