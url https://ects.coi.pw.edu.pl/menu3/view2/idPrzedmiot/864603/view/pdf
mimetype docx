--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -705,101 +705,241 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zna podstawy optyki (w zakresie odwzorowania obrazowego), umie operować układami odwzorowującymi (obiektywani) i dobierać ich parametry w zależności od zastosowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna możliwości i umiejętnie korzysta z podstawowych i zaawansowanych funkcji oprogramowania do obróbki i przetwarzania obrazów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zna ilościowe i jakościowe miary jakości obrazu, zna podstawy pomiarów jakości odwzorowania, potrafi ocenić techniczną stronę zarejestrowanego obrazu, potrafi korygować błędy obrazu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawy zasad kompozycji obrazu, czytelności przekazu, umie dobierać odpowiednie środki techniczne dla uzyskania zamierzonego efektu obrazowego, orientuje się w podstawach regulacji prawnych dot. praw autorskich majątkowych i osobowych, praw do wizerunku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,190 +1056,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna technologie stosowane we współczesnym sprzęcie do rejestracji obrazów, zna możliwości i cechy użytkowe osprzętu i akcesoriów wykorzystywanych przy rejestracji obrazów (w tym sprzętu oświetleniowego różnego typu i rodzaju)</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">zna możliwości i umiejętnie korzysta z podstawowych i zaawansowanych funkcji oprogramowania do obróbki i przetwarzania obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>