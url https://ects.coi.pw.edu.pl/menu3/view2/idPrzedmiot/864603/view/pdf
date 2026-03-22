--- v2 (2026-02-08)
+++ v3 (2026-03-22)
@@ -705,101 +705,241 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zna metody cyfrowe, halogenosrebrowe i specjalne techniki rejstracji obrazu, potrafi dobrać technikę rejestracji obrazu do zastosowania, zna i potrafi wykorzystywać w zastosowaniach praktycznych wiadomości z zakresu kolorymetrii, tworzenia profili kolorystycznych, zasad oświetlenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna technologie stosowane we współczesnym sprzęcie do rejestracji obrazów, zna możliwości i cechy użytkowe osprzętu i akcesoriów wykorzystywanych przy rejestracji obrazów (w tym sprzętu oświetleniowego różnego typu i rodzaju)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zna podstawy optyki (w zakresie odwzorowania obrazowego), umie operować układami odwzorowującymi (obiektywani) i dobierać ich parametry w zależności od zastosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna możliwości i umiejętnie korzysta z podstawowych i zaawansowanych funkcji oprogramowania do obróbki i przetwarzania obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,266 +1110,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W14, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A-W03, T2A-W03, T1A-W06, T2A-W06, T1A-U07, T2A-U07, T1A-U13, T2A-U15, T1A-U15, T2A-U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody cyfrowe, halogenosrebrowe i specjalne techniki rejstracji obrazu, potrafi dobrać technikę rejestracji obrazu do zastosowania, zna i potrafi wykorzystywać w zastosowaniach praktycznych wiadomości z zakresu kolorymetrii, tworzenia profili kolorystycznych, zasad oświetlenia</w:t>
+        <w:t xml:space="preserve">Student nabiera umiejętności posługowania się zdobytą wiedzą i wykorzystywania jej w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, ocena zadań projektowych</w:t>
+        <w:t xml:space="preserve">ocena pracy własnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_U12, K_U14, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>