--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1107,139 +1107,139 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla złożonego systemu kolejkowego (sieć węzłów IP QoS, w szczególności mechanizmy szeregowania pakietów w tych węzłach oraz strumienie pakietów dla przykładowych aplikacji QoS Internet. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia oraz uzyskanych wyników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt (etap II)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla prostego systemu kolejkowego M/M/1. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia symulacyjnego, przeprowadzić badania symulacyjne oraz porównać otrzymane wyniki z wynikami analitycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt (etap I)</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">projekt (etap II)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>