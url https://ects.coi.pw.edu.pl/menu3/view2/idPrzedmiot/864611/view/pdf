--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi opracować pełną dokumentację stworzonego przez siebie modelu symulacyjnego, narzędzia symulacyjnego, uzyskanych wyników i opracowanych wniosków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1107,171 +1107,171 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla prostego systemu kolejkowego M/M/1. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia symulacyjnego, przeprowadzić badania symulacyjne oraz porównać otrzymane wyniki z wynikami analitycznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt (etap I)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla złożonego systemu kolejkowego (sieć węzłów IP QoS, w szczególności mechanizmy szeregowania pakietów w tych węzłach oraz strumienie pakietów dla przykładowych aplikacji QoS Internet. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia oraz uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt (etap II)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_K03: </w:t>
       </w:r>
     </w:p>