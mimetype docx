--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U14, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi opracować pełną dokumentację stworzonego przez siebie modelu symulacyjnego, narzędzia symulacyjnego, uzyskanych wyników i opracowanych wniosków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1141,67 +1141,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt (etap I)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla złożonego systemu kolejkowego (sieć węzłów IP QoS, w szczególności mechanizmy szeregowania pakietów w tych węzłach oraz strumienie pakietów dla przykładowych aplikacji QoS Internet. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia oraz uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1211,67 +1211,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt (etap II)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_K03: </w:t>
       </w:r>
     </w:p>