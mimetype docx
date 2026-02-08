--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPST_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotować i przeprowadzić prezentację wyników prac dotyczącą czysto-optycznego przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>