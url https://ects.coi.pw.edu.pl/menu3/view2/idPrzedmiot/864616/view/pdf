--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -945,51 +945,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, 2, 3, egzamin, ćwiczenie 1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W11, K_W12, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W08, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1251,51 +1251,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKC1-U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyrazić matematycznie podstawowe prawa rządzące zjawiskami obsługi masowej oraz wykorzystać te prawa w prostych zadaniach projektowania (wymiarowania) sieci łączy, z uwzględnieniem aspektu ekonomicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1321,51 +1321,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKC1-K1: </w:t>
       </w:r>
     </w:p>