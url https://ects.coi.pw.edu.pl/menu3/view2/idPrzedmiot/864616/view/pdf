--- v1 (2026-01-11)
+++ v2 (2026-01-14)
@@ -1251,51 +1251,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKC1-U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyrazić matematycznie podstawowe prawa rządzące zjawiskami obsługi masowej oraz wykorzystać te prawa w prostych zadaniach projektowania (wymiarowania) sieci łączy, z uwzględnieniem aspektu ekonomicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1305,67 +1305,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 3, egzamin, ćwiczenie 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
+        <w:t xml:space="preserve">K_U09, K_U12, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKC1-K1: </w:t>
       </w:r>
     </w:p>