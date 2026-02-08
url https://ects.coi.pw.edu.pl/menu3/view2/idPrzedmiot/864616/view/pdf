--- v2 (2026-01-14)
+++ v3 (2026-02-08)
@@ -805,51 +805,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2, egzamin, ćwiczenie 1a, 2a, 2c</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08, K_W10, K_W12, K_W14, K_W16</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W12, K_W14, K_W16, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1235,51 +1235,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2, egzamin, ćwiczenie 1a, 2a, 2c</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1305,67 +1305,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 3, egzamin, ćwiczenie 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U12, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKC1-K1: </w:t>
       </w:r>
     </w:p>