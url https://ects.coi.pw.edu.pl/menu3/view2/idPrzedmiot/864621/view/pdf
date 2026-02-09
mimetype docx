--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1131,557 +1131,557 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratoria, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U05, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sudent, który zaliczył przedmiot, ma umiejętnośc pozyskiwania wiedzy z literatury (w j. polskim i j.angielskim).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">realizacja projektu wymaga zazwyczaj sięgnięcia po literaturę fachową</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10, K_U14, K_U01, K_U03, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot ma umiejętność samokształcenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, laboratorium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę z zakresu preprowadzania eksperymentów (praktycznych bądź symulacyjnych)  i wyciągania wniosków. Powyższe osiąga poprze realizację ćwiczeń laboratoryjnych i realizację projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U13: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę na temat systemów do realizacji infrastruktury telekomunikacyjnej i ich własności pod kątem możliwości przekazu informacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U11, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U14: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, musiał oprogramować elemnt funcjonalności systemu (protokół, algorytm, mechanizm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U06, K_U09, K_U11, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_U15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sudent, który zaliczył przedmiot, ma umiejętnośc pozyskiwania wiedzy z literatury (w j. polskim i j.angielskim).</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę odnośnie realizacji projektu, w którym musi dokonać przydatności dostępnych metod i narzędzi dla oprogramowania elementów sieci</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">realizacja projektu wymaga zazwyczaj sięgnięcia po literaturę fachową</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U05, K_U06, K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_U05: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot ma umiejętność samokształcenia</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, musi przy realizacji projektu zaprojektować element infrastruktury sieciowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia, laboratorium, projekt, egzamin</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U08, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
-[...349 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_K01: </w:t>
       </w:r>
     </w:p>