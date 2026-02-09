--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U06, K_U09, K_U10, K_U11, K_U17: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dla zadanego zadania projektowego związanego z oceną efektywności wybranego mechanizmu bezprzewodowej sieci dostępowej, student potrafi opracować plan eksperymentów, dobrać narzędzia (symulacyjne, pomiarowe lub analityczne), przeprowadzić eksperymenty, wyciągnąć wnioski oraz opracować sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">omówienie sprawozdania z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U17, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>