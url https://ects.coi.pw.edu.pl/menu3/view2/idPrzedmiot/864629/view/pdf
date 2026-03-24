--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U06, K_U09, K_U10, K_U11, K_U17: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dla zadanego zadania projektowego związanego z oceną efektywności wybranego mechanizmu bezprzewodowej sieci dostępowej, student potrafi opracować plan eksperymentów, dobrać narzędzia (symulacyjne, pomiarowe lub analityczne), przeprowadzić eksperymenty, wyciągnąć wnioski oraz opracować sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">omówienie sprawozdań z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K03, K_K04: </w:t>
       </w:r>
     </w:p>