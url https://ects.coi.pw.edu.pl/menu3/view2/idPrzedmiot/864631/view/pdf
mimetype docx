--- v0 (2026-01-14)
+++ v1 (2026-02-09)
@@ -1114,67 +1114,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka LAN_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi wybrać odpowiednią technologię do realizacji sieci bezprzewodowej małego zasięgu oraz dobrać odpowiedni sposób jej zabezpieczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1254,67 +1254,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka LAN_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi zaplanować i zrealizować napięty harmonogram zdalnego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>