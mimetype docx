--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -754,51 +754,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W05, K_W08, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1254,67 +1254,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka LAN_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi zaplanować i zrealizować napięty harmonogram zdalnego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1394,67 +1394,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka LAN_K01: </w:t>
       </w:r>
     </w:p>