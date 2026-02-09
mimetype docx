--- v0 (2026-01-14)
+++ v1 (2026-02-09)
@@ -1059,51 +1059,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKRY_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować zaprojektowane rozwiązanie techniczne i uzasadnoś celowość przyjętych rozwiązań technologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>