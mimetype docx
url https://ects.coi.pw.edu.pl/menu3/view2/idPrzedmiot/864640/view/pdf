--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -823,51 +823,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, sprawozdanie z projektu, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>