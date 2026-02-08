--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2, laboratoria 2 i 3, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W05, K_W11</w:t>
+        <w:t xml:space="preserve">K_W05, K_W11, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1188,67 +1188,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, I.P6S_UK, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, I.P6S_UK, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opracować prezentację PowerPoint i przedstawić prezentację ustną, dotyczącą szczegółowych zagadnień z zakresu sieci teleinformatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1398,51 +1398,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>