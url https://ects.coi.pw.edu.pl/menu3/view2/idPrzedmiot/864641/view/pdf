--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -1038,51 +1038,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1188,67 +1188,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, I.P6S_UK, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, I.P6S_UK, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opracować prezentację PowerPoint i przedstawić prezentację ustną, dotyczącą szczegółowych zagadnień z zakresu sieci teleinformatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1478,51 +1478,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie ćwiczeń lab i opracowanie sprawozdań, wyszukanie i przestudiowanie dokumentów standaryzacyjnych oraz opracowanie i przeprowadzenie prezentacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>