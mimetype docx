--- v0 (2025-12-28)
+++ v1 (2026-01-08)
@@ -883,207 +883,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STDA_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Urządzenia Transmisji Danych. Podział, Format Danych, Konwersja, Normaizacja międzynarodowa ITU-T.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STDA_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Procedury wymiany informacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W15, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STDA_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kompresja danych wg protokołów ITU-T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>