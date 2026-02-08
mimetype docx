--- v1 (2026-01-08)
+++ v2 (2026-02-08)
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STDA_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kompresja danych wg protokołów ITU-T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1469,51 +1469,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STDA_ks1: </w:t>
       </w:r>
     </w:p>