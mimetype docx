--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -953,87 +953,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W15, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STDA_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Procedury wymiany informacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka STDA_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka STDA_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Procedury wymiany informacji.</w:t>
+        <w:t xml:space="preserve">Kompresja danych wg protokołów ITU-T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1052,58 +1122,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka STDA_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka STDA_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kompresja danych wg protokołów ITU-T</w:t>
+        <w:t xml:space="preserve">Podstawowe pomiary w systemach transmisji danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1114,146 +1184,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka STDA_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STDA_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowe pomiary w systemach transmisji danych</w:t>
+        <w:t xml:space="preserve">Zagadnienia badań modulacji wielowartościowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium2</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W15</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka STDA_U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STDA_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zagadnienia badań modulacji wielowartościowych</w:t>
+        <w:t xml:space="preserve">Symulacja prokotkołów transmisyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1272,248 +1342,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka STDA_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka STDA_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Symulacja prokotkołów transmisyjnych</w:t>
+        <w:t xml:space="preserve">Symulacja procesu transmisyjnego w warunkach zakłóceń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U17, K_U01, K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STDA_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność modelowania różnych kanałów transmisyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STDA_ks1: </w:t>
       </w:r>
     </w:p>