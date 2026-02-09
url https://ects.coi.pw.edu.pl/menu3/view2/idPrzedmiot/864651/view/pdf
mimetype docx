--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -739,51 +739,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W05, K_W08, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W12, K_W14, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -879,51 +879,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W05, K_W08, K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1099,67 +1099,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U06, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U01, K_U02, K_U03, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TSST_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi porownac jakosc i efektywnosc roznych metod kierowania i zabezpieczania ruchu w sieciach transportowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1249,51 +1249,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>