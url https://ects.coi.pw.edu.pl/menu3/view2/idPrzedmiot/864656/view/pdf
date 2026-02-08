--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1342,67 +1342,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena dokumentacji/prezentacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP lab: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi skonfigurować aplikację do komunikacji głosowej w Internecie, opartą na protokole SIP oraz dokonać analizy i udokumentować poprawność działania podstawowych procedur sygnalizacyjnych tego protokołu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>