--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -1342,67 +1342,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena dokumentacji/prezentacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP lab: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi skonfigurować aplikację do komunikacji głosowej w Internecie, opartą na protokole SIP oraz dokonać analizy i udokumentować poprawność działania podstawowych procedur sygnalizacyjnych tego protokołu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>