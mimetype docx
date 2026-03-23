--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -858,51 +858,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W10, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -998,51 +998,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W10, K_W14, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1304,51 +1304,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot umie zastosować metodę pobudzeń w fazie i w przeciwfazie w projektowaniu prostych mikrofalowych 2-wrotowych układów pasywnych i wyznaczyć model elementów RLC SMD;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1358,51 +1358,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, labolatorium nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>