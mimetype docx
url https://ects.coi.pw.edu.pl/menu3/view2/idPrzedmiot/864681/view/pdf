--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -778,51 +778,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W05, K_W06, K_W07, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W01, K_W02, K_W03, K_W05, K_W06, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,137 +1208,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U14, K_U06, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać testy subiektywne głośników, mikrofonów i wzmacniaczy stosując odsłuchowe procedury pomiarowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbadać wpływ obudów na parametry zespołów głośników w polu fali swobodnej w komorze bezechowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>