--- v0 (2025-12-28)
+++ v1 (2026-01-09)
@@ -784,51 +784,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W06, K_W09, K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -924,411 +924,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W09, K_W10, K_W14, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wie jak zamodelować diodę i tranzystor mikrofalowy na podstawie macierzy rozproszenia [S] zmierzonych w odpowiednio wybranych punktach pracy w środowisku typowego symulatora obwodów b.w.cz.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium nr 2, kolokwium 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wie jak zamodelować diodę i tranzystor mikrofalowy na podstawie macierzy rozproszenia [S] zmierzonych w odpowiednio wybranych punktach pracy w środowisku typowego symulatora obwodów b.w.cz.;</w:t>
+        <w:t xml:space="preserve">zna schematy funkcjonalne bloków nadawczych i odbiorczych systemów TDD i FDD, potrafi zaproponować  rozwiązania układowe i systemowe takich urządzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium nr 2, kolokwium 2</w:t>
+        <w:t xml:space="preserve">kolokwium 2, labolatorium5, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna schematy funkcjonalne bloków nadawczych i odbiorczych systemów TDD i FDD, potrafi zaproponować  rozwiązania układowe i systemowe takich urządzeń</w:t>
+        <w:t xml:space="preserve">posiada umiejętność posługiwania się mikrofalową aparaturą pomiarową - w zakresie zaawansowanym wektorowym analizatorem obwodów i analizatorem widma</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 2, labolatorium5, </w:t>
+        <w:t xml:space="preserve">kolokwium 1, laboratorium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W04, K_W06, K_W07, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada umiejętność posługiwania się mikrofalową aparaturą pomiarową - w zakresie zaawansowanym wektorowym analizatorem obwodów i analizatorem widma</w:t>
+        <w:t xml:space="preserve">rozróżnia pracę mało- i wielkosygnałową elementu aktywnego i zna metody analizy obu rodzajów pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 1, laboratorium nr 1</w:t>
+        <w:t xml:space="preserve">Kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozróżnia pracę mało- i wielkosygnałową elementu aktywnego i zna metody analizy obu rodzajów pracy</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować wybrane, prezentowane w trakcie wykładu, układy i urządzenia mikrofalowe wspomagając się odpowiednim oprogramowaniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2</w:t>
+        <w:t xml:space="preserve">Kolokwium 2, laboratorium nr 3 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U09, K_U10, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>