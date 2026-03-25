--- v1 (2026-01-09)
+++ v2 (2026-03-25)
@@ -854,481 +854,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W09, K_W10, K_W14, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna konstrukcję, zasadę działania i główne parametry takich układów funkcjonalnych jak sprzęgacz, dzielnik mocy, tłumik, filtr, cyrkulator, wzmacniacz, generator, syntezer, detektor, przełącznik, ogranicznik;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna konstrukcję, zasadę działania i główne parametry takich układów funkcjonalnych jak sprzęgacz, dzielnik mocy, tłumik, filtr, cyrkulator, wzmacniacz, generator, syntezer, detektor, przełącznik, ogranicznik;</w:t>
+        <w:t xml:space="preserve">wie jak zamodelować diodę i tranzystor mikrofalowy na podstawie macierzy rozproszenia [S] zmierzonych w odpowiednio wybranych punktach pracy w środowisku typowego symulatora obwodów b.w.cz.;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 1</w:t>
+        <w:t xml:space="preserve">laboratorium nr 2, kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W09, K_W10, K_W14, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wie jak zamodelować diodę i tranzystor mikrofalowy na podstawie macierzy rozproszenia [S] zmierzonych w odpowiednio wybranych punktach pracy w środowisku typowego symulatora obwodów b.w.cz.;</w:t>
+        <w:t xml:space="preserve">zna schematy funkcjonalne bloków nadawczych i odbiorczych systemów TDD i FDD, potrafi zaproponować  rozwiązania układowe i systemowe takich urządzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium nr 2, kolokwium 2</w:t>
+        <w:t xml:space="preserve">kolokwium 2, labolatorium5, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna schematy funkcjonalne bloków nadawczych i odbiorczych systemów TDD i FDD, potrafi zaproponować  rozwiązania układowe i systemowe takich urządzeń</w:t>
+        <w:t xml:space="preserve">posiada umiejętność posługiwania się mikrofalową aparaturą pomiarową - w zakresie zaawansowanym wektorowym analizatorem obwodów i analizatorem widma</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 2, labolatorium5, </w:t>
+        <w:t xml:space="preserve">kolokwium 1, laboratorium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada umiejętność posługiwania się mikrofalową aparaturą pomiarową - w zakresie zaawansowanym wektorowym analizatorem obwodów i analizatorem widma</w:t>
+        <w:t xml:space="preserve">rozróżnia pracę mało- i wielkosygnałową elementu aktywnego i zna metody analizy obu rodzajów pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 1, laboratorium nr 1</w:t>
+        <w:t xml:space="preserve">Kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozróżnia pracę mało- i wielkosygnałową elementu aktywnego i zna metody analizy obu rodzajów pracy</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować wybrane, prezentowane w trakcie wykładu, układy i urządzenia mikrofalowe wspomagając się odpowiednim oprogramowaniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2</w:t>
+        <w:t xml:space="preserve">Kolokwium 2, laboratorium nr 3 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U09, K_U13, K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>