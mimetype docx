--- v0 (2026-01-14)
+++ v1 (2026-03-22)
@@ -940,51 +940,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W14, K_W01, K_W03, K_W04, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W07, K_W10, K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1160,67 +1160,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U09, K_U10, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U07, K_U08, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbadać wpływ sygnału dithera na widmo amplitudowe generowanych sygnałów fonicznych, zmierzyć jitter w sygnale cyfrowym na podstawie analizy prążków modulacyjnych widma amplitudowego, wykorzystać algorytmy redukcji poziomu szumu do „oczyszczania” starych nagrań dźwiękowych z szumu i zakłóceń oraz wykorzystać różne metody przekształcania sygnału fonicznego w dziedzinach amplitudy i czasu stosowane w technice studyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>