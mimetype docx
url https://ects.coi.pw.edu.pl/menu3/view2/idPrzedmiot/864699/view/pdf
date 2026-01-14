--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z projektu, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U06, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U14, K_U15, K_U02, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MKOI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność oceny przydatności alternatywnych rozwiązań technologicznych do rozwiązania zadań inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>