--- v1 (2026-01-14)
+++ v2 (2026-03-22)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia 1 i 2, aktywny udział w ćwiczeniach, egzamin, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z projektu, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U15, K_U02, K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04, K_U06, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MKOI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność oceny przydatności alternatywnych rozwiązań technologicznych do rozwiązania zadań inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1118,51 +1118,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>