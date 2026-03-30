--- v0 (2025-12-29)
+++ v1 (2026-03-30)
@@ -757,51 +757,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W14, K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -967,51 +967,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W14, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1117,67 +1117,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06, K_U09, K_U11, K_U14, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U09, K_U11, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BES p3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projektowanie sieci WSN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1187,67 +1187,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U09, K_U11, K_U14</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U14, K_U01, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BES u1: </w:t>
       </w:r>
     </w:p>