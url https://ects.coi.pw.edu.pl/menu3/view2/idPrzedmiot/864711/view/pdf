--- v0 (2026-01-10)
+++ v1 (2026-03-22)
@@ -740,461 +740,461 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych standardów kompresji mowy, muzyki, obrazu ruchomego i nieruchomego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody badania jakości mowy, sygnałów fonicznych i obrazu ruchomego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe techniki kompresji stratnej mowy i sygnałów fonicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">raporty z ćwiczeń laboratoryjnych, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody kompresji stratnej obrazu ruchomego i nieruchomego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawozdania z ćwiczeń laboratoryjnych, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Orientuje się w zaawansowanych technikach przetwarzania mowy, jak synteza z tekstu, rozpoznawanie, weryfikacja mówcy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdania z ćwiczeń laboratoryjnych, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych standardów kompresji mowy, muzyki, obrazu ruchomego i nieruchomego</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiedni algorytm kompresji mowy, sygnału fonicznego i obrazu w zadanych warunkach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">sprawozdania z ćwiczeń laboratoryjnych, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać optymalizacji wybranego algorytmu kmpresji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>