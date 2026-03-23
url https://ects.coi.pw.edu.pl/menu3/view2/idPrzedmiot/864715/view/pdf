--- v0 (2026-01-10)
+++ v1 (2026-03-23)
@@ -792,51 +792,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1002,67 +1002,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_W10] [K_W12] : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi określić wymagania dla autonomicznych funkcji zarządzania zasobami w sieci i zilustrować zasady ich realizacji przykładzie wybranego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>