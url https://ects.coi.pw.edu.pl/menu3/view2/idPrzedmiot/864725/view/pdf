--- v0 (2026-01-10)
+++ v1 (2026-03-24)
@@ -759,637 +759,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 (historia Internetu), kolokwia 2 i 3; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W15</w:t>
+        <w:t xml:space="preserve">K_W12, K_W15, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma uporządkowaną wiedzę dotyczącą struktury funkcjonalnej sieci i rodzajów urządzeń stosowanych w różnych obszarach sieci</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 2 i 3, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SIP_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SIP_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma uporządkowaną wiedzę dotyczącą struktury funkcjonalnej sieci i rodzajów urządzeń stosowanych w różnych obszarach sieci</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę w zakresie struktury sprzętowej i oprogramowania routerów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 2 i 3, egzamin</w:t>
+        <w:t xml:space="preserve">kolokwium 3, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIP_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna i rozumie procesy związane z dynamicznym wykorzystywaniem zasobów transportowych sieci w różnych skalach czasu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 2, laboratoria 2 i 3, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W10, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SIP_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SIP_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę w zakresie struktury sprzętowej i oprogramowania routerów</w:t>
+        <w:t xml:space="preserve">ma elementarną wiedzę na temat projektowamia i rozbudowywania sieci oraz wchodzących w jej skład urzadzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 3, laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwia, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W04, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SIP_W04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIP_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna i rozumie procesy związane z dynamicznym wykorzystywaniem zasobów transportowych sieci w różnych skalach czasu</w:t>
+        <w:t xml:space="preserve">orientuje się w aktualnym stanie oraz najnowszych trendach rozwojowych sieci teleinformatycznych, w tym zwłaszcza Internetu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 2, laboratoria 2 i 3, egzamin</w:t>
+        <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_W09, K_W13, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SIP_W05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIP_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma elementarną wiedzę na temat projektowamia i rozbudowywania sieci oraz wchodzących w jej skład urzadzeń</w:t>
+        <w:t xml:space="preserve">potrafi czytać dokumenty standaryzacyjne oraz dokumentację firmową, posiłkując się samodzielnie dobranymi uzupełniającymi opracowaniami z różnych źódeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia, laboratorium</w:t>
+        <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SIP_W06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">orientuje się w aktualnym stanie oraz najnowszych trendach rozwojowych sieci teleinformatycznych, w tym zwłaszcza Internetu</w:t>
+        <w:t xml:space="preserve">potrafi opracować prezentację PowerPoint i przedstawić prezentację ustną, dotyczącą szczegółowych zagadnień z zakresu sieci teleinformatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia, egzamin</w:t>
+        <w:t xml:space="preserve">prezentacja na zajęciach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SIP_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SIP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi czytać dokumenty standaryzacyjne oraz dokumentację firmową, posiłkując się samodzielnie dobranymi uzupełniającymi opracowaniami z różnych źódeł</w:t>
+        <w:t xml:space="preserve">potrafi porównać jakość i efektywność uzyskiwaną w sieciach wykorzystujących różne technologie (IPv4, IPv6, ATM, MPLS itd.) i rozwiązania (np. różnicowanie priotytetów, inżynieria ruchu itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, laboratorium</w:t>
+        <w:t xml:space="preserve">lab 2 i 3, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować i skonfigurować prostą sieć routerów wykorzystujących wskazane protokoły routingu, a także zweryfikować i ocenić jakość działania sieci w sytuacjach awaryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>