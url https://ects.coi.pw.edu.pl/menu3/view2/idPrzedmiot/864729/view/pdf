--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -847,51 +847,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada  podstawową wiedzę o prawach i obowiązkach cudzoziemców na gruncie prawa międzynarodowego, unijnego i krajowego. Zna podstawowe pojęcia i instytucje prawa migracyjnego, tj. obywatelstwo, legalność pobytu, cudzoziemcy, wydalenie, uchodźca, azyl, łączenie rodzin, itp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>