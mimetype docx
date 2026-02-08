--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -852,761 +852,761 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, I.P7S_WG, II.H.P7S_WG.1.o, II.T.P7S_WG, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat miejsca prawnych regulacji dotyczących procesu inwestycyjno-budowlanego w systemie nauk prawnych oraz jego relacji z innymi dyscyplinami nauk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna źródła prawa w zakresie planowania i zagospodarowania przestrzennego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat miejsca prawnych regulacji dotyczących procesu inwestycyjno-budowlanego w systemie nauk prawnych oraz jego relacji z innymi dyscyplinami nauk.</w:t>
+        <w:t xml:space="preserve">Zna procedury powstawania aktów planowania przestrzennego i aktów administracyjnych z zakresu planowania przestrzennego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna źródła prawa w zakresie planowania i zagospodarowania przestrzennego</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa oraz orzecznictwem sądów administracyjnych z zakresu planowania i zagospodarowania przestrzennego w celu analizowania sytuacji faktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury powstawania aktów planowania przestrzennego i aktów administracyjnych z zakresu planowania przestrzennego</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić procedury administracyjne związane z przygotowaniem nieruchomości do realizacji inwestycji budowlanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa oraz orzecznictwem sądów administracyjnych z zakresu planowania i zagospodarowania przestrzennego w celu analizowania sytuacji faktycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać i integrować wiedzę z zakresu planowania i zagospodarowania przestrzennego, gospodarki nieruchomościami oraz ochrony środowiska z wiedzą z zakresu innych przedmiotów prawnych, ekonomicznych i społecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić procedury administracyjne związane z przygotowaniem nieruchomości do realizacji inwestycji budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi czytać miejscowe plany zagospodarowania przestrzennego oraz decyzje o warunkach zabudowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać i integrować wiedzę z zakresu planowania i zagospodarowania przestrzennego, gospodarki nieruchomościami oraz ochrony środowiska z wiedzą z zakresu innych przedmiotów prawnych, ekonomicznych i społecznych</w:t>
+        <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego w programie Lex/legalis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Demonstracja na wykładzie + praca własna studenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U04, K_U06, K_U08, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z Internetowego Systemu Aktów Prawnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U08, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi czytać miejscowe plany zagospodarowania przestrzennego oraz decyzje o warunkach zabudowy</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z ortofotomapy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Demonstracja na zajęciach + praca własna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U08, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>