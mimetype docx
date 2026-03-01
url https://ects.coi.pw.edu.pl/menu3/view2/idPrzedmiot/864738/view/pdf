--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -836,777 +836,777 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat miejsca prawnych regulacji dotyczących procesu inwestycyjno-budowlanego w systemie nauk prawnych oraz jego relacji z innymi dyscyplinami nauk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna źródła prawa w zakresie planowania i zagospodarowania przestrzennego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, I.P7S_WG, II.H.P7S_WG.1.o, II.T.P7S_WG, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat miejsca prawnych regulacji dotyczących procesu inwestycyjno-budowlanego w systemie nauk prawnych oraz jego relacji z innymi dyscyplinami nauk.</w:t>
+        <w:t xml:space="preserve">Zna procedury powstawania aktów planowania przestrzennego i aktów administracyjnych z zakresu planowania przestrzennego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna źródła prawa w zakresie planowania i zagospodarowania przestrzennego</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa oraz orzecznictwem sądów administracyjnych z zakresu planowania i zagospodarowania przestrzennego w celu analizowania sytuacji faktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury powstawania aktów planowania przestrzennego i aktów administracyjnych z zakresu planowania przestrzennego</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić procedury administracyjne związane z przygotowaniem nieruchomości do realizacji inwestycji budowlanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, II.T.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa oraz orzecznictwem sądów administracyjnych z zakresu planowania i zagospodarowania przestrzennego w celu analizowania sytuacji faktycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać i integrować wiedzę z zakresu planowania i zagospodarowania przestrzennego, gospodarki nieruchomościami oraz ochrony środowiska z wiedzą z zakresu innych przedmiotów prawnych, ekonomicznych i społecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić procedury administracyjne związane z przygotowaniem nieruchomości do realizacji inwestycji budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi czytać miejscowe plany zagospodarowania przestrzennego oraz decyzje o warunkach zabudowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać i integrować wiedzę z zakresu planowania i zagospodarowania przestrzennego, gospodarki nieruchomościami oraz ochrony środowiska z wiedzą z zakresu innych przedmiotów prawnych, ekonomicznych i społecznych</w:t>
+        <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego w programie Lex/legalis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Demonstracja na wykładzie + praca własna studenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U12, K_U04, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z Internetowego Systemu Aktów Prawnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U12, K_U05, K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi czytać miejscowe plany zagospodarowania przestrzennego oraz decyzje o warunkach zabudowy</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z ortofotomapy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Demonstracja na zajęciach + praca własna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U08, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UK</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>