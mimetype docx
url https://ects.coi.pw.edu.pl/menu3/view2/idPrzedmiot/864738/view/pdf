--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -766,137 +766,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka w_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat miejsca prawnych regulacji dotyczących procesu inwestycyjno-budowlanego w systemie nauk prawnych oraz jego relacji z innymi dyscyplinami nauk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>